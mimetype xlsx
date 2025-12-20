--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -56,51 +56,51 @@
   <si>
     <t>Производительность охлаждения, кВт</t>
   </si>
   <si>
     <t>5,28 (1,30–5,86)</t>
   </si>
   <si>
     <t>Производительность обогрева, кВт</t>
   </si>
   <si>
     <t>5,42 (1,30–6,30)</t>
   </si>
   <si>
     <t>Максимальная потребляемая мощность, кВт</t>
   </si>
   <si>
     <t>2,50</t>
   </si>
   <si>
     <t>Максимальная длина трассы, м</t>
   </si>
   <si>
     <t>Подключение электропитания</t>
   </si>
   <si>
-    <t>Внутренний блок</t>
+    <t>Наружный блок</t>
   </si>
   <si>
     <t>Размер прибора, внутренний блок (ШxВxГ), мм</t>
   </si>
   <si>
     <t>910x294x206</t>
   </si>
   <si>
     <t>Рабочая температура наружного блока (охлаждение/обогрев)</t>
   </si>
   <si>
     <t>0 ~ +53/-15 ~ +30</t>
   </si>
   <si>
     <t>Расход воздуха внутреннего блока (охлаждение), м3/ч</t>
   </si>
   <si>
     <t>Максимальный перепад высот, м</t>
   </si>
   <si>
     <t>Класс энергоэффективности (охлаждение/обогрев)</t>
   </si>
   <si>
     <t>A/A</t>
   </si>