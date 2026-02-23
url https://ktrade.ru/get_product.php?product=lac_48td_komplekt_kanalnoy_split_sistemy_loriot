--- v0 (2025-11-04)
+++ v1 (2026-02-23)
@@ -68,51 +68,51 @@
   <si>
     <t>Максимальная потребляемая мощность, кВт</t>
   </si>
   <si>
     <t>4,56</t>
   </si>
   <si>
     <t>Максимальная длина трассы, м</t>
   </si>
   <si>
     <t>Подключение электропитания</t>
   </si>
   <si>
     <t>Наружный блок</t>
   </si>
   <si>
     <t>Размер прибора, внутренний блок (ШxВxГ), мм</t>
   </si>
   <si>
     <t>1200х300х835</t>
   </si>
   <si>
     <t>Рабочая температура наружного блока (охлаждение/обогрев)</t>
   </si>
   <si>
-    <t>-15 – +43</t>
+    <t>-15 ~ +43/-15 ~ +24</t>
   </si>
   <si>
     <t>Максимальный перепад высот, м</t>
   </si>
   <si>
     <t>Класс энергоэффективности (охлаждение/обогрев)</t>
   </si>
   <si>
     <t>B/C</t>
   </si>
   <si>
     <t>EER/COP</t>
   </si>
   <si>
     <t>3,07/3,30</t>
   </si>
   <si>
     <t>Уровень шума (наружный блок), дБ</t>
   </si>
   <si>
     <t>Класс влагозащиты</t>
   </si>
   <si>
     <t>IPX4</t>
   </si>
@@ -544,51 +544,51 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:B32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="B32" sqref="B32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.126465" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="17.567139" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="23.422852" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" s="0" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="2">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" s="0" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="0" t="s">