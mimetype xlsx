--- v0 (2025-10-14)
+++ v1 (2025-11-28)
@@ -107,51 +107,51 @@
   <si>
     <t>3,22/3,61</t>
   </si>
   <si>
     <t>Уровень шума (наружный блок), дБ</t>
   </si>
   <si>
     <t>Класс влагозащиты</t>
   </si>
   <si>
     <t>IPX4</t>
   </si>
   <si>
     <t>Заправочный вес фреона, г</t>
   </si>
   <si>
     <t>Хладагент</t>
   </si>
   <si>
     <t>R410A</t>
   </si>
   <si>
     <t>Диаметр газовой трубы, дюйм/мм</t>
   </si>
   <si>
-    <t>Ø12,7 (1/2")</t>
+    <t>Ø9,52 (3/8")</t>
   </si>
   <si>
     <t>Диаметр жидкостной трубы, дюйм/мм</t>
   </si>
   <si>
     <t>Ø6,35 (1/4")</t>
   </si>
   <si>
     <t>Силовой кабель, мм</t>
   </si>
   <si>
     <t>3х1,5</t>
   </si>
   <si>
     <t>Межблочный кабель, мм</t>
   </si>
   <si>
     <t>5×1,0</t>
   </si>
   <si>
     <t>Вес нетто, кг</t>
   </si>
   <si>
     <t>22,5</t>
   </si>