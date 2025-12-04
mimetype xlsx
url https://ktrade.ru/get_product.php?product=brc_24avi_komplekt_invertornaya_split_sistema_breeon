--- v0 (2025-10-15)
+++ v1 (2025-12-04)
@@ -53,51 +53,51 @@
   <si>
     <t>Китай</t>
   </si>
   <si>
     <t>Производительность охлаждения, кВт</t>
   </si>
   <si>
     <t>6,80 (1,40–7,10)</t>
   </si>
   <si>
     <t>Производительность обогрева, кВт</t>
   </si>
   <si>
     <t>Максимальная потребляемая мощность, кВт</t>
   </si>
   <si>
     <t>2,07 (0,56–2,70)</t>
   </si>
   <si>
     <t>Максимальная длина трассы, м</t>
   </si>
   <si>
     <t>Подключение электропитания</t>
   </si>
   <si>
-    <t>Внутренний блок</t>
+    <t>Наружный блок</t>
   </si>
   <si>
     <t>Размер прибора, внутренний блок (ШxВxГ), мм</t>
   </si>
   <si>
     <t>900x310x225</t>
   </si>
   <si>
     <t>Рабочая температура наружного блока (охлаждение/обогрев)</t>
   </si>
   <si>
     <t>+16 ~ +48/-10 ~ +32</t>
   </si>
   <si>
     <t>Максимальный перепад высот, м</t>
   </si>
   <si>
     <t>Класс энергоэффективности (охлаждение/обогрев)</t>
   </si>
   <si>
     <t>A/A</t>
   </si>
   <si>
     <t>EER/COP</t>
   </si>