--- v0 (2025-10-15)
+++ v1 (2026-01-28)
@@ -56,51 +56,51 @@
   <si>
     <t>Производительность охлаждения, кВт</t>
   </si>
   <si>
     <t>5,00</t>
   </si>
   <si>
     <t>Производительность обогрева, кВт</t>
   </si>
   <si>
     <t>5,10</t>
   </si>
   <si>
     <t>Максимальная потребляемая мощность, кВт</t>
   </si>
   <si>
     <t>1,55 (0,55–2,10)</t>
   </si>
   <si>
     <t>Максимальная длина трассы, м</t>
   </si>
   <si>
     <t>Подключение электропитания</t>
   </si>
   <si>
-    <t>Внутренний блок</t>
+    <t>Наружный блок</t>
   </si>
   <si>
     <t>Размер прибора, внутренний блок (ШxВxГ), мм</t>
   </si>
   <si>
     <t>837x296x205</t>
   </si>
   <si>
     <t>Рабочая температура наружного блока (охлаждение/обогрев)</t>
   </si>
   <si>
     <t>+16 ~ +48/-10 ~ +32</t>
   </si>
   <si>
     <t>Максимальный перепад высот, м</t>
   </si>
   <si>
     <t>Класс энергоэффективности (охлаждение/обогрев)</t>
   </si>
   <si>
     <t>A/A</t>
   </si>
   <si>
     <t>EER/COP</t>
   </si>