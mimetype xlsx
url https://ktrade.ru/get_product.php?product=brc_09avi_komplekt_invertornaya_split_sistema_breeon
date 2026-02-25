--- v0 (2025-11-04)
+++ v1 (2026-02-25)
@@ -56,51 +56,51 @@
   <si>
     <t>Производительность охлаждения, кВт</t>
   </si>
   <si>
     <t>2,65 (1,45–3,20)</t>
   </si>
   <si>
     <t>Производительность обогрева, кВт</t>
   </si>
   <si>
     <t>2,70 (1,40–3,30)</t>
   </si>
   <si>
     <t>Максимальная потребляемая мощность, кВт</t>
   </si>
   <si>
     <t>0,83 (0,38–1,35)</t>
   </si>
   <si>
     <t>Максимальная длина трассы, м</t>
   </si>
   <si>
     <t>Подключение электропитания</t>
   </si>
   <si>
-    <t>Внутренний блок</t>
+    <t>Наружный блок</t>
   </si>
   <si>
     <t>Размер прибора, внутренний блок (ШxВxГ), мм</t>
   </si>
   <si>
     <t>690x283x199</t>
   </si>
   <si>
     <t>Рабочая температура наружного блока (охлаждение/обогрев)</t>
   </si>
   <si>
     <t>+16 ~ +48/-10 ~ +32</t>
   </si>
   <si>
     <t>Максимальный перепад высот, м</t>
   </si>
   <si>
     <t>Класс энергоэффективности (охлаждение/обогрев)</t>
   </si>
   <si>
     <t>A/A</t>
   </si>
   <si>
     <t>EER/COP</t>
   </si>